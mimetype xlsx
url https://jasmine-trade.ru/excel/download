--- v0 (2025-12-26)
+++ v1 (2026-03-14)
@@ -153,60 +153,60 @@
   <si>
     <t>Набор средств для ухода за кожей SADOER "Centella Asiatica" из 4 предметов (Тоник 120мл, Сыворотка д</t>
   </si>
   <si>
     <t>Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: 1. Тоник для лица: Вода, глицерин, бутиленгликоль, феноксиэтанол, метилпарабен, аллантоин, экстракт центеллы азиатской, экстракт солодки голой (Glycyrrhiza glabra), экстракт алоэ барбаденсис, экстракт портулака огородного (Portulaca oleracea). Вспомогательные компоненты: глицерилглюкозид, полиакрилат натрия, PEG-40 гидрогенизированное касторовое масло, ароматизатор (ежедневный), полиэтиленгликоль-10, ниацинамид, гиалуронат натрия, эритромицин, β-глюкан, гидроксипропилтетрагидропиранантриол, гидролизованный пшеничный белок, кофеин, дипропиленгликоль, 1,2-гександиол, полиглицерин-26, полиглицерин-10 диизостеарат, C12-14 алкоксиполигликолевый эфир-12, сульфонат нафталина натрия, бензиловый спирт, каприлилгликоль, C12-13 алко</t>
   </si>
   <si>
     <t>WM//BQY84069</t>
   </si>
   <si>
     <t>Набор сывороток для лица BIOAQUA (Никотинамид, Экстракт длинной куркумы, Муцин улитки) 3шт*30мл</t>
   </si>
   <si>
     <t>Способ применения: После очищения и тонизирования возьмите необходимое количество средства и равномерно нанесите его на лицо, слегка помассируйте до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: 1. Сыворотка с муцином улитки: Вода, глицерин, пропиленгликоль, полиглицерин-26, феноксиэтанол, метилпарабен, карбомер, триэтаноламин, гидроксиэтилцеллюлоза, PEG-40 гидрогенизированное касторовое масло, каприлоилгидроксамовая кислота, динатрий ЭДТА, ароматизатор, гиалуронат натрия, каприлилгликоль, фильтрат секрета улитки, коллаген. 2. Сыворотка с экстрактом куркумы длинной: Вода, глицерин, пропиленгликоль, имидазолидинилмочевина, склероций гриба склеротиум, метилпарабен, карбомер, триэтаноламин, CI 19140 (жёлтый краситель), PEG-40 гидрогенизированное каст</t>
   </si>
   <si>
     <t>WM//NO.SD49537</t>
   </si>
   <si>
     <t>Набор кремов для рук SADOER увлажняющие (клубника, зеленый чай, кофе, ваниль, черника) 5*20г</t>
   </si>
   <si>
     <t>Способ применения: Чистыми руками возьмите необходимое количество средства и равномерно распределите массажными движениями по коже рук. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. 1. Крем для рук «Клубника. Увлажнение и нежность» Состав: Вода, сорбит, карбомер, триэтаноламин, пропиленгликоль, глицерин, феноксиэтанол, диазолидинилмочевина, бутиленгликоль, метилпарабен, экстракт земляники садовой (Fragaria ananassa), аллантоин, динатрий ЭДТА, сила диметикон силилат, PEG-40 гидрогенизированное касторовое масло, ароматизатор, PEG-10, диметикон. 2. Крем для рук «Зелёный чай. Увлажнение и аромат» Состав: Вода, сорбит, карбомер, триэтаноламин, пропиленгликоль, глицерин, феноксиэтанол, диазолидинилмочевина, бутиленгликоль, метилпарабен, PEG-40 гидрогенизированное касторовое масло,</t>
   </si>
   <si>
-    <t>УТ-00047560</t>
+    <t>WM//BQY74930</t>
   </si>
   <si>
     <t>Увлажняющая Тканевая маска для лица BIOAQUA с огурцом 25г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи извлеките маску из упаковки и нанесите на лицо. Расслабьтесь и оставьте маску на 15-20 минут. Затем снимите её и аккуратно помассируйте кожу, распределяя оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, пропиленгликоль, глицерин, экстракт плодов огурца (Cucumis sativus), экстракт листьев центеллы азиатской (Centella asiatica), гиалуронат натрия, лизат дрожжевого ферментационного продукта, гидроксиэтилцеллюлоза, аллантоин, динатрий ЭДТА, PEG-40 гидрогенизированное касторовое масло, (пропиленгликоль, имидазолидинилмочевина, йодопропинилбутилкарбамат), ароматизатор, метилизотиазолинон. Вес нетто: 25г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 мес</t>
   </si>
   <si>
-    <t>УТ-00047620</t>
+    <t>WM//No.SD07520</t>
   </si>
   <si>
     <t>Тканевая маска SADOER увлажняющая с экстрактом черники 25г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи достаньте маску и нанесите ее на лицо, расслабьтесь, после 15-20 минут статичного нанесения снимите маску и аккуратно массируйте оставшуюся эссенцию, пока она не впитается в кожу. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, бутиленгликоль, пропиленгликоль, карбомер, метилпарабен, триэтаноламин, диазолидинилмочевина, гидроксиэтилцеллюлоза, экстракт корня центеллы азиатской (Centella asiatica), экстракт листьев периллы кустарниковой (Perilla ocymoides), экстракт плодов черники узколистной (Vaccinium angustifolium), аллантоин, гидроксиацетофенон, динатрий ЭДТА, феноксиэтанол, PEG-40 гидрогенизированное касторовое масло, гиалуронат натрия, йодопропинилбутилкарбамат, ароматизатор, гидролизованный коллаген, токоферол</t>
   </si>
   <si>
     <t>WM//No.SD05403</t>
   </si>
   <si>
     <t>Тканевая маска SADOER увлажняющая с экстрактом авокадо 25г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи достаньте маску и нанесите ее на лицо, расслабьтесь, после 15-20 минут статичного нанесения снимите маску и аккуратно массируйте оставшуюся эссенцию, пока она не впитается в кожу. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, пропиленгликоль, карбомер, метилпарабен, триэтаноламин, диазолидинилмочевина, гидроксиэтилцеллюлоза, аллантоин, гидроксиацетофенон, динатрий ЭДТА, PEG-40 гидрогенизированное касторовое масло, гиалуронат натрия, йодопропинилбутилкарбамат, ароматизатор, фосфат динатрия, полисорбат 60, PEG-10, фосфат натрия, экстракт плодов ши (Butyrospermum parkii), эластин, экстракт центеллы азиатской (Centella asiatica), аскорбиновая кислота, экстракт пустырника (Leonurus artemisia), экстракт периллы кустарн</t>
   </si>
   <si>
     <t>WM//SD93608</t>
   </si>
   <si>
     <t>Патчи для кожи вокруг глаз SADOER "Сакура", 7,5 г</t>
   </si>
   <si>
     <t>Способ применения: очистите кожу вокруг глаз. Извлеките патчи из упаковки. Нанесите патчи на кожу. Оставьте на 15-20 минут. Легкими движениями распределите оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, пропиленгликоль, альгинат, диазолидинилмочевина, метилпарабен, ароматизатор, PEG-40 гидрогенизированное касторовое масло, CI 77891 (диоксид титана), слюда, PEG-10, йодопропинилбутилкарбамат, CI 75470 (кармин). Вес нетто: 7,5г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
@@ -513,51 +513,51 @@
   <si>
     <t>WM//SD93868</t>
   </si>
   <si>
     <t>Маска тканевая для лица SADOER увлажняющая с экстрактом апельсина, 25гр.</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи нанесите маску на лицо, оставьте на 15-20 минут, затем снимите её и аккуратно вотрите оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, пропиленгликоль, глицерин, аллантоин, ксантановая камедь, экстракт плодов юдзу (Citrus junos), карбомер, триэтаноламин, имидазолидинилмочевина, динатрий ЭДТА, PEG-40 гидрогенизированное касторовое масло, метилизотиазолинон, ароматизатор, йодопропинилбутилкарбамат. Вес нетто: 25г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
     <t>WM//SD93899</t>
   </si>
   <si>
     <t>Маска тканевая для лица SADOER увлажняющая с ароматом черники, 25гр.</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи нанесите маску на лицо, оставьте на 15-20 минут, затем снимите её и аккуратно вотрите оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, пропиленгликоль, гидроксиэтилцеллюлоза, аллантоин, карбомер, триэтаноламин, имидазолидинилмочевина, динатрий ЭДТА, PEG-40 гидрогенизированное касторовое масло, метилизотиазолинон, ароматизатор "черника", йодопропинилбутилкарбамат. Вес нетто: 25г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
     <t>WM//XXM29688</t>
   </si>
   <si>
     <t>Маска тканевая для лица IMAGES с аминокислотами и бамбуковым углем 25г</t>
   </si>
   <si>
-    <t>УТ-00047582</t>
+    <t>WM//BQY0573</t>
   </si>
   <si>
     <t>Маска тканевая для лица BIOAQUA  с гиалуроновой кислотой и цветов сакуры 30г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи извлеките маску из упаковки и нанесите на лицо. Расслабьтесь и оставьте маску на 15-20 минут. Затем снимите её и аккуратно помассируйте кожу, распределяя оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, пропиленгликоль, полиметакрилат глицерина, дрожжевой экстракт, ксантановая камедь, (йодопропинилбутилкарбамат, пропиленгликоль, имидазолидинилмочевина), гиалуронат натрия, динатрий ЭДТА, парфюмерная композиция, PEG-40 гидрогенизированное касторовое масло. Вес нетто: 30г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
     <t>WM//BQY8038</t>
   </si>
   <si>
     <t>Маска тканевая для лица BIOAQUA с экстрактом улитки 25г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи извлеките маску из упаковки и нанесите на лицо. Расслабьтесь и оставьте маску на 15-20 минут. Затем снимите её и аккуратно помассируйте кожу, распределяя оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, полиметакрилат глицерина, пропиленгликоль, ниацинамид, аллантоин, ксантановая камедь, динатрий ЭДТА, (пропиленгликоль, йодопропинилбутилкарбамат, имидазолидинилмочевина), парфюмерная композиция, метилизотиазолинон, PEG-40 гидрогенизированное касторовое масло, фильтрат секрета улитки, шелковый протеин, экстракт козьего молока, гиалуронат натрия. Вес нетто: 25г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
     <t>WM//BQY67956</t>
   </si>
   <si>
     <t>Маска тканевая для лица BIOAQUA с лактобактериями и экстрактом персика 25г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи извлеките маску из упаковки и нанесите на лицо. Оставьте маску на 15-20 минут. Затем снимите её и аккуратно помассируйте кожу, распределяя оставшуюся эссенцию до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, пропиленгликоль, глицерин, экстракт кладосифона окамуранского (Cladosiphon okamuranus), арбутин, экстракт листьев центеллы азиатской (Centella asiatica), экстракт листьев периллы кустарниковой (Perilla ocymoides), гиалуронат натрия, гидроксиэтилцеллюлоза, аллантоин, динатрий ЭДТА, PEG-40 гидрогенизированное касторовое масло, (йодопропинилбутилкарбамат, имидазолидинилмочевина, пропиленгликоль), ароматизатор, метилизотиазолинон. Вес нетто: 25г Произведено в Китае. Номер партии и Годен до указаны на уп</t>
   </si>
@@ -720,60 +720,60 @@
   <si>
     <t>Гель для лица и тела SADOER с экстрактом алоэ вера увлажняющий, успокаивающий, 300г</t>
   </si>
   <si>
     <t>Способ применения: Чистыми руками возьмите нужное количество средства и равномерно распределите по коже. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, пропиленгликоль, бетаин, карбомер, триэтаноламин, метилпарабен, PEG-40 гидрогенизированное касторовое масло, аллантоин, диазолидинилмочевина, ароматизатор, PEG-10, йодопропинилбутилкарбамат. Вес нетто: 300г Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
     <t>WM//BQY72646</t>
   </si>
   <si>
     <t>Гель для лица BIOAQUA с аминокислотами и экстрактом персика 140г</t>
   </si>
   <si>
     <t>Способ применения: после очищения кожи нанесите необходимое количество средства на проблемные зоны. Аккуратно помассируйте кожу круговыми движениями, при необходимости повторите процедуру несколько раз, затем тщательно смойте чистой водой. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, хлорид цетримония, карбомер, яблочная кислота, экстракт плодов персика (Prunus persica), гиалуронат натрия, лизат ферментации молочнокислых бактерий, экстракт корня родиолы розовой (Rhodiola rosea), экстракт корня женьшеня (Panax ginseng), экстракт корня императы цилиндрической (Imperata cylindrica), полисорбат-21, ДМДМ гидантоин, ароматизатор, лактоза, целлюлоза, гидроксипропилметилцеллюлоза, сложные эфиры жожоба, токоферолы, аскорбилпальмитат, (метилизотиазолинон, метилхлоризоти</t>
   </si>
   <si>
     <t>WM//NO.SD39347</t>
   </si>
   <si>
     <t>Гель SADOER антивозрастной укрепляющий с коллагеном 300г</t>
   </si>
   <si>
     <t>Способ применения: после очищения и тонизирования кожи нанесите необходимое количество средства на лицо и шею, равномерно распределите и аккуратно помассируйте до полного впитывания. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Вода, глицерин, феноксиэтанол, карбомер, триэтаноламин, бутиленгликоль, метилпарабен, экстракт портулака огородного (Portulaca oleracea), PEG-40 гидрогенизированное касторовое масло, ароматизатор, PEG-10, гидролизованный коллаген, ниацинамид, гиалуроновая кислота, гидролизованный цинк коллагена, 1,2-гександиол, экстракт коллагена, экстракт молока, лизат бифидобактерий, олигопептид-1, этилгексилглицерин. Вес нетто: 300г. Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
-    <t>УТ-00047602</t>
+    <t>WM//BQY22095</t>
   </si>
   <si>
     <t>Бальзам для губ BIOAQUA с экстрактом персика 2,7г</t>
   </si>
   <si>
     <t>Способ применения: Нанесите средство равномерным слоем на губы. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Минеральное масло, сквалан, вазелин, полиизобутилен, парафин, персик (Prunus persica), гидрогенизированный полиолефин C6-20, этилгексилпальмитат, тридецилтримеллитат, микрокристаллический воск, окисленный полиэтиленовый воск-гомополимер, озокерит, синтетический воск, модифицированный кукурузный крахмал, токоферол (витамин E), ментол, борнеол, пропилпарабен, ароматизатор, CI 12700 (краситель), CI 16255 (краситель), CI 15985 (краситель), CI 15850 (краситель). Вес нетто: 2,7г. Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
   <si>
-    <t>УТ-00047601</t>
+    <t>WM//BQY22118</t>
   </si>
   <si>
     <t>Бальзам для губ BIOAQUA с экстрактом авокадо 2,7г</t>
   </si>
   <si>
     <t>Способ применения: Нанесите средство равномерным слоем на губы. Меры предосторожности: перед применением рекомендуется провести тест на коже за ухом. При возникновении дискомфорта прекратите использование. Не предназначено для детей младше трёх лет. Условия хранения: хранить в прохладном месте, избегая высоких температур и прямых солнечных лучей. Состав: Минеральное масло, сквалан, вазелин, полиизобутилен, парафин, плоды авокадо (Butyrospermum parkii), гидрогенизированный полиолефин C6-20, этилпальмитат гексиловый эфир, тридецилтримеллитат, микрокристаллический воск, окисленный полиэтиленовый воск-гомополимер, океанический воск, синтетический воск, модифицированный кукурузный крахмал, токоферол (витамин E), ментол, борнеол, пропилпарабен, ароматизатор, CI 12700 (краситель), CI 16255 (краситель), CI 15985 (краситель), CI 15850 (краситель). Вес нетто: 2,7г. Произведено в Китае. Номер партии и Годен до указаны на упаковке. Срок годности: 36 месяцев.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00 &quot;₽&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -863,222 +863,145 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFF3E0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEBEE"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1D8F5F"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom/>
-[...60 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="4" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="6" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="4" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf xfId="0" fontId="3" numFmtId="164" fillId="4" borderId="7" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="164" fillId="4" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="5" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="4" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="6" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="4" borderId="7" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="7" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="7" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201fbb65b7a09da3cf880ce6ce91ce59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33496d699fd5f609cb1624d84d5d5295.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a20914c7ed7dc87abb5f72f67b2450.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fad735538c0909c4657e0a17d5e05c3.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7235806cc2daf688fc43ad325366be8a.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d63c83d32f6445d1a78861637bba4e.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fdf7866f16485ccfca84c08230b657c.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b041938e4ab6ce50b2513cb9c98368f.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deceb5a94c7e4f38b7cabd0e3c9aaa84.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349ed2eab9bbc02eeb0db8aea3eff6cd.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab58cee69d3a2b6c423eaf974a58ddc5.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891881bfa41696801a3fe38d9a09874d.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb1a58e24a92fbf7e585722c8d89390.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f01c6b95cf698c1782fde0b24f80ba7.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f147dd8519d969035c09d6dfae0cb9.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0512cf466448320feec3f8e1cc176f.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded33c19de263d9ffb995634e78e2fb.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb12cc8c36050bf7b4de88eb0e140ca6.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd15bd7f3774f916c250ac72cc874788.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b0dadf592b4cf77b72f5372ac46a8d.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e03c8dcd512ef87fb79e06b22b1cf23c.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6d3bdd0b91308946edbb189ea36f7e8.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea94b0c9578ea83c887888053144c9ac.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8596380dbc7bb61e3b04cb57cf5926b5.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa6bb6605895ab56dbcbf67cfc33f1d1.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53956856d79698520fffbb8fa4ad299a.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26dc055467ddf51eec2b6f8b8455d8c.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa38ab9b46d6869bc8cd218b6e787c9e.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e4ff9d553d0f990a36d421f71be186.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599c8796b9dff7bf102947dc242da62c.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4edf48e3c9bd7ffc52da64b77a4685.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e779aa8b0df59075b76457a6745f16d.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8d7fd92001511afcff513496f85d54a.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb31f41b28a6c048d377527406ba9176.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d495ce3ed6136846b172fcf79f00ff4f.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c02dfccc12b721cb110523491f1d3a0.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83490e210c2e98c8014a6eff2e8890e3.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8629e2eff0b21fa46fbf5c6f127a83d.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac9a7d85b137082f606b143317be2ed.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26ef55bdc1e783b7ae17403b7ba287f9.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09c4c4fd76f210688aa663b61bcf981.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9bc3de6d91bdbd1647cd1cf798df918.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd93e309ee9781db240e8ae433b5d93.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b50f4de1d2388be83958e94f32e157d.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9822645f61ead07b4fcc397abe4b818.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcfb4a1b6f70278c17cc4f048ba4a78.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84eff2f1ce4e1529f4e130022158e59.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cef6d1f2ee426befbf9ff1b81374a4c.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95423342053012e74867a04dd06eb03f.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114c40ed8d660cd8de1d6c68a692ce1e.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126ff40c36e8ef7bc03453ed45088c14.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d0632e89bb1669ae046168fb1d8d5c.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2114a1b8ca840686806c0667d4976d81.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3db36ab0920ee594ad36f899246d1e.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d29bb28275da2822e346ab0aa5cc984.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5644ccd03bc2ca738d66cd6e560784.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ad44174a3f8108d42e83b3c8f7f139.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830224931106b9a220f22821d2f0ebe9.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da5b6aa350d40e6389fc2b96349c90cd.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d9c88ba898f52af2f8a2888d4f4367.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03542ab660a4d74db768de4b4c94ec55.webp"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea32d7692c057b31ad5f41b1870c3e75.webp"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec17c2601a427d372f9e5ff1bda0eab5.webp"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c693067da7507f7c5b304424b7e7b2.webp"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c64977ebd81233f8f8b5b38c4ba27b.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af71de44643034c885326731e5ae096.webp"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad6743aa289c1e5a83138dea0a42d37.webp"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b19e14c462ecd75b3e0f7a5949dee93.webp"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfc0225ab86ffb61128be1bb6e453d9.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e02e665ecfd3514d509690b3f13cbb75.webp"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d65e94ef48f491273b025f0774ae76b8.webp"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babf0dff6c55df4ffaedaab95a74ad89.webp"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2b0d9221a366845c6777dfaf88ba5c.webp"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df1bfa79bfdc13da5c9afc6a2b9e351.webp"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5ee8cea812e6827be00ea36f1c9c1a.webp"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe5e405210165d7b6e922f8fca76b61.webp"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256fa75d30d9c4094a1abe93e2c5c9e7.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201fbb65b7a09da3cf880ce6ce91ce59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308fba8d0c68cdb9cff47b7de2403e2a.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9266e2530f27417d9be4b241a86115ad.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17d15cd56d48a59c8a42642bee7f8b5.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ac9c2a00d15c22a11f034d2571290d.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c2d554c6dd072626882a000079dcbe.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafaf6813208f004fe3501b893ee4695.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b041938e4ab6ce50b2513cb9c98368f.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deceb5a94c7e4f38b7cabd0e3c9aaa84.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326a515a5add0fcdaa73b1eb93f6363a.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61585bb54f36554c3d486bddd557dd30.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73584147fe58c786721c3317c43ffac2.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8974d2b492482d34cc720792d9440b41.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ce41e03523261717d872f324e025a0.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c826de939596d338563eb24c82d73f3c.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd56d8f8b79f84f31878696222a3883.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941a449747b96aac3efaf2b8ecf4bb69.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf5d74a397da22f265fc41a076cdda6a.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6dad970eb3cef4ccf107255bfe716aa.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc8ff2852909796860a35e9eefd1d67f.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e03c8dcd512ef87fb79e06b22b1cf23c.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6d3bdd0b91308946edbb189ea36f7e8.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea94b0c9578ea83c887888053144c9ac.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8596380dbc7bb61e3b04cb57cf5926b5.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5724a36e5056ee5679987b2e62815e38.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53956856d79698520fffbb8fa4ad299a.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26dc055467ddf51eec2b6f8b8455d8c.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa38ab9b46d6869bc8cd218b6e787c9e.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e4ff9d553d0f990a36d421f71be186.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599c8796b9dff7bf102947dc242da62c.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4edf48e3c9bd7ffc52da64b77a4685.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e779aa8b0df59075b76457a6745f16d.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f6f2a03b6962f014bfd191689706c4.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb31f41b28a6c048d377527406ba9176.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d495ce3ed6136846b172fcf79f00ff4f.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c02dfccc12b721cb110523491f1d3a0.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83490e210c2e98c8014a6eff2e8890e3.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8629e2eff0b21fa46fbf5c6f127a83d.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac9a7d85b137082f606b143317be2ed.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab5c1445463b511de2b0cabf5bba24ac.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09c4c4fd76f210688aa663b61bcf981.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9bc3de6d91bdbd1647cd1cf798df918.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd93e309ee9781db240e8ae433b5d93.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b50f4de1d2388be83958e94f32e157d.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9822645f61ead07b4fcc397abe4b818.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02721e22fb04629cadbf1ebee82fcccb.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0e023cb5e4ebc4549c92b3659ccf5ad.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe77792c115a75956866986770c4c89.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16f49552ab94482232cda00b788e5f1b.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071db601b778af4d482255510146a629.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1dc141486b37b3bc487fea2ca18506f.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d0632e89bb1669ae046168fb1d8d5c.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb838a4335e6d71789be063f383546da.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3db36ab0920ee594ad36f899246d1e.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e3e484f0d4433022eaac79bd990636.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf420d364781ada1d4cf732c2d2ac63.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49fa4d7aab98193a37c8f4493fae12cb.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27334bd8d1d6876a62ad5a33f90ad912.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa3af2c9e9dd16198aea56a3973fa4d.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d9c88ba898f52af2f8a2888d4f4367.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03542ab660a4d74db768de4b4c94ec55.webp"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea32d7692c057b31ad5f41b1870c3e75.webp"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec17c2601a427d372f9e5ff1bda0eab5.webp"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d64fd1c9d8b78b3053f4022e52d362.webp"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76548a5ee42795ebb485a3aeb3ea1091.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c63d54b90e0208b37351aca6ada165.webp"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09cfe5c440a7ec095d119c4a96b8c697.webp"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1927cd4002854333f66487ac6c53df69.webp"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc92c5de29e5a993b261f5d50f6d9dd7.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d42aa65d3e79c0b2bc5de3aca4c00950.webp"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d65e94ef48f491273b025f0774ae76b8.webp"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babf0dff6c55df4ffaedaab95a74ad89.webp"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac05cda1dc2dfeea039f59f5360d7c4a.webp"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df1bfa79bfdc13da5c9afc6a2b9e351.webp"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe2682df3070fc22a2a0b8300a9c539.webp"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c65d018d167eef31d6b463fd44e48b1.webp"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8630a6d8fd091d501dd0f03ebcf57d64.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
-[...1 lines deleted...]
-    <xdr:ext cx="1543050" cy="571500"/>
+      <xdr:rowOff>571500</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2066925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -3637,1966 +3560,1988 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F84" sqref="F84:H84"/>
+      <selection activeCell="A84" sqref="A84:H84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="15" customWidth="true" style="0"/>
+    <col min="6" max="6" width="20" customWidth="true" style="0"/>
+    <col min="7" max="7" width="20" customWidth="true" style="0"/>
+    <col min="8" max="8" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" customHeight="1" ht="25">
+    <row r="1" spans="1:8" customHeight="1" ht="20">
       <c r="A1" s="1"/>
-      <c r="B1" s="3"/>
-[...4 lines deleted...]
-      <c r="E1" s="7" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="F1" s="8" t="s">
+      <c r="F1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="10" t="s">
+      <c r="G1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="H1" s="12" t="s">
+      <c r="H1" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:8" customHeight="1" ht="25">
-[...13 lines deleted...]
-      <c r="F4" s="9">
+    <row r="2" spans="1:8" customHeight="1" ht="20">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="6"/>
+    </row>
+    <row r="3" spans="1:8" customHeight="1" ht="20">
+      <c r="A3" s="1"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
+      <c r="E3" s="1"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="6"/>
+    </row>
+    <row r="4" spans="1:8" customHeight="1" ht="20">
+      <c r="A4" s="1"/>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="3">
         <f>SUMPRODUCT(F8:F84,H8:H84)</f>
         <v>0</v>
       </c>
-      <c r="G4" s="11" t="str">
+      <c r="G4" s="5" t="str">
         <f>CONCATENATE(IF(F4&gt;=500000,12,IF(F4&gt;=200000,10,IF(F4&gt;=100000,8,IF(F4&gt;=50000,5,IF(F4&gt;=20000,3,0))))), "%")</f>
         <v>0%</v>
       </c>
-      <c r="H4" s="13">
+      <c r="H4" s="7">
         <f>F4*(1-(IF(F4&gt;=500000,12,IF(F4&gt;=200000,10,IF(F4&gt;=100000,8,IF(F4&gt;=50000,5,IF(F4&gt;=20000,3,0))))))/100)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:8" customHeight="1" ht="25">
-[...7 lines deleted...]
-      <c r="C6" s="6"/>
+    <row r="5" spans="1:8" customHeight="1" ht="20">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="8"/>
+    </row>
+    <row r="6" spans="1:8" customHeight="1" ht="20">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="5"/>
+      <c r="H6" s="8"/>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="1"/>
     <row r="8" spans="1:8" customHeight="1" ht="30">
-      <c r="A8" s="14" t="s">
+      <c r="A8" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="14" t="s">
+      <c r="B8" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="14" t="s">
+      <c r="C8" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="D8" s="14" t="s">
+      <c r="D8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E8" s="14" t="s">
+      <c r="E8" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="F8" s="14" t="s">
+      <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="G8" s="14" t="s">
+      <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="H8" s="14" t="s">
+      <c r="H8" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="50">
-      <c r="A9" s="15">
+      <c r="A9" s="10">
         <v>76</v>
       </c>
-      <c r="B9" s="15"/>
-      <c r="C9" s="15" t="s">
+      <c r="B9" s="10"/>
+      <c r="C9" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="D9" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="E9" s="17" t="s">
+      <c r="E9" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="F9" s="18">
-[...5 lines deleted...]
-      <c r="H9" s="15">
+      <c r="F9" s="13">
+        <v>9.36</v>
+      </c>
+      <c r="G9" s="10">
+        <v>221</v>
+      </c>
+      <c r="H9" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="50">
-      <c r="A10" s="15">
+      <c r="A10" s="10">
         <v>75</v>
       </c>
-      <c r="B10" s="15"/>
-      <c r="C10" s="15" t="s">
+      <c r="B10" s="10"/>
+      <c r="C10" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="16" t="s">
+      <c r="D10" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="E10" s="17" t="s">
+      <c r="E10" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="F10" s="18">
-[...5 lines deleted...]
-      <c r="H10" s="15">
+      <c r="F10" s="13">
+        <v>7.49</v>
+      </c>
+      <c r="G10" s="10">
+        <v>286</v>
+      </c>
+      <c r="H10" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="50">
-      <c r="A11" s="15">
+      <c r="A11" s="10">
         <v>74</v>
       </c>
-      <c r="B11" s="15"/>
-      <c r="C11" s="15" t="s">
+      <c r="B11" s="10"/>
+      <c r="C11" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="D11" s="16" t="s">
+      <c r="D11" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="E11" s="17" t="s">
+      <c r="E11" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="F11" s="18">
-[...5 lines deleted...]
-      <c r="H11" s="15">
+      <c r="F11" s="13">
+        <v>19.039999999999999</v>
+      </c>
+      <c r="G11" s="10">
+        <v>3369</v>
+      </c>
+      <c r="H11" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="50">
-      <c r="A12" s="15">
+      <c r="A12" s="10">
         <v>73</v>
       </c>
-      <c r="B12" s="15"/>
-      <c r="C12" s="15" t="s">
+      <c r="B12" s="10"/>
+      <c r="C12" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="D12" s="16" t="s">
+      <c r="D12" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="E12" s="17" t="s">
+      <c r="E12" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="F12" s="18">
-[...5 lines deleted...]
-      <c r="H12" s="15">
+      <c r="F12" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G12" s="10">
+        <v>193</v>
+      </c>
+      <c r="H12" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="50">
-      <c r="A13" s="15">
+      <c r="A13" s="10">
         <v>72</v>
       </c>
-      <c r="B13" s="15"/>
-      <c r="C13" s="15" t="s">
+      <c r="B13" s="10"/>
+      <c r="C13" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="D13" s="16" t="s">
+      <c r="D13" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="E13" s="17" t="s">
+      <c r="E13" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="F13" s="18">
-[...5 lines deleted...]
-      <c r="H13" s="15">
+      <c r="F13" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G13" s="10">
+        <v>221</v>
+      </c>
+      <c r="H13" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="50">
-      <c r="A14" s="15">
+      <c r="A14" s="10">
         <v>71</v>
       </c>
-      <c r="B14" s="15"/>
-      <c r="C14" s="15" t="s">
+      <c r="B14" s="10"/>
+      <c r="C14" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="16" t="s">
+      <c r="D14" s="11" t="s">
         <v>29</v>
       </c>
-      <c r="E14" s="17" t="s">
+      <c r="E14" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="F14" s="18">
-[...5 lines deleted...]
-      <c r="H14" s="15">
+      <c r="F14" s="13">
+        <v>23.11</v>
+      </c>
+      <c r="G14" s="10">
+        <v>2955</v>
+      </c>
+      <c r="H14" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="50">
-      <c r="A15" s="15">
+      <c r="A15" s="10">
         <v>70</v>
       </c>
-      <c r="B15" s="15"/>
-      <c r="C15" s="15" t="s">
+      <c r="B15" s="10"/>
+      <c r="C15" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="D15" s="16" t="s">
+      <c r="D15" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="E15" s="17" t="s">
+      <c r="E15" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="18">
-[...2 lines deleted...]
-      <c r="G15" s="15">
+      <c r="F15" s="13">
+        <v>944.82000000000005</v>
+      </c>
+      <c r="G15" s="10">
+        <v>77</v>
+      </c>
+      <c r="H15" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" customHeight="1" ht="50">
+      <c r="A16" s="10">
+        <v>69</v>
+      </c>
+      <c r="B16" s="10"/>
+      <c r="C16" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16" s="13">
+        <v>516.13</v>
+      </c>
+      <c r="G16" s="10">
+        <v>115</v>
+      </c>
+      <c r="H16" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" customHeight="1" ht="50">
+      <c r="A17" s="10">
+        <v>68</v>
+      </c>
+      <c r="B17" s="10"/>
+      <c r="C17" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" s="13">
+        <v>258.23000000000002</v>
+      </c>
+      <c r="G17" s="10">
+        <v>224</v>
+      </c>
+      <c r="H17" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" customHeight="1" ht="50">
+      <c r="A18" s="10">
+        <v>67</v>
+      </c>
+      <c r="B18" s="10"/>
+      <c r="C18" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" s="13">
+        <v>95.23999999999999</v>
+      </c>
+      <c r="G18" s="10">
+        <v>0</v>
+      </c>
+      <c r="H18" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" customHeight="1" ht="50">
+      <c r="A19" s="10">
+        <v>66</v>
+      </c>
+      <c r="B19" s="10"/>
+      <c r="C19" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G19" s="10">
+        <v>0</v>
+      </c>
+      <c r="H19" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" customHeight="1" ht="50">
+      <c r="A20" s="10">
+        <v>65</v>
+      </c>
+      <c r="B20" s="10"/>
+      <c r="C20" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F20" s="13">
+        <v>7.81</v>
+      </c>
+      <c r="G20" s="10">
+        <v>0</v>
+      </c>
+      <c r="H20" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" customHeight="1" ht="50">
+      <c r="A21" s="10">
+        <v>64</v>
+      </c>
+      <c r="B21" s="10"/>
+      <c r="C21" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" s="13">
+        <v>7.81</v>
+      </c>
+      <c r="G21" s="10">
+        <v>0</v>
+      </c>
+      <c r="H21" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" customHeight="1" ht="50">
+      <c r="A22" s="10">
+        <v>63</v>
+      </c>
+      <c r="B22" s="10"/>
+      <c r="C22" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" s="13">
+        <v>7.49</v>
+      </c>
+      <c r="G22" s="10">
+        <v>2120</v>
+      </c>
+      <c r="H22" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" customHeight="1" ht="50">
+      <c r="A23" s="10">
+        <v>62</v>
+      </c>
+      <c r="B23" s="10"/>
+      <c r="C23" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F23" s="13">
+        <v>9.36</v>
+      </c>
+      <c r="G23" s="10">
+        <v>2149</v>
+      </c>
+      <c r="H23" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" customHeight="1" ht="50">
+      <c r="A24" s="10">
+        <v>61</v>
+      </c>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" s="13">
+        <v>9.36</v>
+      </c>
+      <c r="G24" s="10">
+        <v>2970</v>
+      </c>
+      <c r="H24" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" customHeight="1" ht="50">
+      <c r="A25" s="10">
+        <v>60</v>
+      </c>
+      <c r="B25" s="10"/>
+      <c r="C25" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" s="13">
+        <v>13.43</v>
+      </c>
+      <c r="G25" s="10">
+        <v>4605</v>
+      </c>
+      <c r="H25" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" customHeight="1" ht="50">
+      <c r="A26" s="10">
+        <v>59</v>
+      </c>
+      <c r="B26" s="10"/>
+      <c r="C26" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" s="13">
+        <v>9.36</v>
+      </c>
+      <c r="G26" s="10">
+        <v>2966</v>
+      </c>
+      <c r="H26" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" customHeight="1" ht="50">
+      <c r="A27" s="10">
+        <v>58</v>
+      </c>
+      <c r="B27" s="10"/>
+      <c r="C27" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="12"/>
+      <c r="F27" s="13">
+        <v>87.12</v>
+      </c>
+      <c r="G27" s="10">
+        <v>280</v>
+      </c>
+      <c r="H27" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" customHeight="1" ht="50">
+      <c r="A28" s="10">
+        <v>57</v>
+      </c>
+      <c r="B28" s="10"/>
+      <c r="C28" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F28" s="13">
+        <v>79.31</v>
+      </c>
+      <c r="G28" s="10">
+        <v>338</v>
+      </c>
+      <c r="H28" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" customHeight="1" ht="50">
+      <c r="A29" s="10">
+        <v>56</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E29" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F29" s="13">
+        <v>151.13</v>
+      </c>
+      <c r="G29" s="10">
+        <v>351</v>
+      </c>
+      <c r="H29" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" customHeight="1" ht="50">
+      <c r="A30" s="10">
+        <v>55</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E30" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F30" s="13">
+        <v>143.0099999999999909</v>
+      </c>
+      <c r="G30" s="10">
+        <v>468</v>
+      </c>
+      <c r="H30" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" customHeight="1" ht="50">
+      <c r="A31" s="10">
+        <v>54</v>
+      </c>
+      <c r="B31" s="10"/>
+      <c r="C31" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="H15" s="15">
-[...8 lines deleted...]
-      <c r="C16" s="15" t="s">
+      <c r="F31" s="13">
+        <v>170.81999999999999</v>
+      </c>
+      <c r="G31" s="10">
+        <v>340</v>
+      </c>
+      <c r="H31" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" customHeight="1" ht="50">
+      <c r="A32" s="10">
+        <v>53</v>
+      </c>
+      <c r="B32" s="10"/>
+      <c r="C32" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F32" s="13">
+        <v>7.81</v>
+      </c>
+      <c r="G32" s="10">
+        <v>2470</v>
+      </c>
+      <c r="H32" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" customHeight="1" ht="50">
+      <c r="A33" s="10">
+        <v>52</v>
+      </c>
+      <c r="B33" s="10"/>
+      <c r="C33" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D33" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F33" s="13">
+        <v>67.45999999999999</v>
+      </c>
+      <c r="G33" s="10">
+        <v>646</v>
+      </c>
+      <c r="H33" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" customHeight="1" ht="50">
+      <c r="A34" s="10">
+        <v>51</v>
+      </c>
+      <c r="B34" s="10"/>
+      <c r="C34" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D34" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E34" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F34" s="13">
+        <v>63.38</v>
+      </c>
+      <c r="G34" s="10">
+        <v>646</v>
+      </c>
+      <c r="H34" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" customHeight="1" ht="50">
+      <c r="A35" s="10">
+        <v>50</v>
+      </c>
+      <c r="B35" s="10"/>
+      <c r="C35" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F35" s="13">
+        <v>79.31</v>
+      </c>
+      <c r="G35" s="10">
+        <v>649</v>
+      </c>
+      <c r="H35" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" customHeight="1" ht="50">
+      <c r="A36" s="10">
+        <v>49</v>
+      </c>
+      <c r="B36" s="10"/>
+      <c r="C36" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D36" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E36" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="F36" s="13">
+        <v>103.030000000000001</v>
+      </c>
+      <c r="G36" s="10">
+        <v>414</v>
+      </c>
+      <c r="H36" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" customHeight="1" ht="50">
+      <c r="A37" s="10">
+        <v>48</v>
+      </c>
+      <c r="B37" s="10"/>
+      <c r="C37" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F37" s="13">
+        <v>75.26000000000001</v>
+      </c>
+      <c r="G37" s="10">
+        <v>881</v>
+      </c>
+      <c r="H37" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" customHeight="1" ht="50">
+      <c r="A38" s="10">
+        <v>47</v>
+      </c>
+      <c r="B38" s="10"/>
+      <c r="C38" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D38" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E38" s="12" t="s">
+        <v>101</v>
+      </c>
+      <c r="F38" s="13">
+        <v>147.060000000000002</v>
+      </c>
+      <c r="G38" s="10">
+        <v>413</v>
+      </c>
+      <c r="H38" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" customHeight="1" ht="50">
+      <c r="A39" s="10">
+        <v>46</v>
+      </c>
+      <c r="B39" s="10"/>
+      <c r="C39" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="E39" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F39" s="13">
+        <v>114.91</v>
+      </c>
+      <c r="G39" s="10">
+        <v>410</v>
+      </c>
+      <c r="H39" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" customHeight="1" ht="50">
+      <c r="A40" s="10">
+        <v>45</v>
+      </c>
+      <c r="B40" s="10"/>
+      <c r="C40" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="E40" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="F40" s="13">
+        <v>59.63</v>
+      </c>
+      <c r="G40" s="10">
+        <v>0</v>
+      </c>
+      <c r="H40" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" customHeight="1" ht="50">
+      <c r="A41" s="10">
+        <v>44</v>
+      </c>
+      <c r="B41" s="10"/>
+      <c r="C41" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="E41" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="F41" s="13">
+        <v>59.63</v>
+      </c>
+      <c r="G41" s="10">
+        <v>0</v>
+      </c>
+      <c r="H41" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" customHeight="1" ht="50">
+      <c r="A42" s="10">
+        <v>43</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E42" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="F42" s="13">
+        <v>79.31</v>
+      </c>
+      <c r="G42" s="10">
+        <v>369</v>
+      </c>
+      <c r="H42" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" customHeight="1" ht="50">
+      <c r="A43" s="10">
+        <v>42</v>
+      </c>
+      <c r="B43" s="10"/>
+      <c r="C43" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="E43" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="F43" s="13">
+        <v>71.5</v>
+      </c>
+      <c r="G43" s="10">
+        <v>338</v>
+      </c>
+      <c r="H43" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" customHeight="1" ht="50">
+      <c r="A44" s="10">
+        <v>41</v>
+      </c>
+      <c r="B44" s="10"/>
+      <c r="C44" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="E44" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="F44" s="13">
+        <v>114.91</v>
+      </c>
+      <c r="G44" s="10">
+        <v>474</v>
+      </c>
+      <c r="H44" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" customHeight="1" ht="50">
+      <c r="A45" s="10">
+        <v>40</v>
+      </c>
+      <c r="B45" s="10"/>
+      <c r="C45" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="E45" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="F45" s="13">
+        <v>126.77</v>
+      </c>
+      <c r="G45" s="10">
+        <v>472</v>
+      </c>
+      <c r="H45" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" customHeight="1" ht="50">
+      <c r="A46" s="10">
+        <v>39</v>
+      </c>
+      <c r="B46" s="10"/>
+      <c r="C46" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="E46" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="F46" s="13">
+        <v>130.81999999999999</v>
+      </c>
+      <c r="G46" s="10">
+        <v>468</v>
+      </c>
+      <c r="H46" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" customHeight="1" ht="50">
+      <c r="A47" s="10">
+        <v>38</v>
+      </c>
+      <c r="B47" s="10"/>
+      <c r="C47" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="F47" s="13">
+        <v>59.63</v>
+      </c>
+      <c r="G47" s="10">
+        <v>493</v>
+      </c>
+      <c r="H47" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" customHeight="1" ht="50">
+      <c r="A48" s="10">
+        <v>37</v>
+      </c>
+      <c r="B48" s="10"/>
+      <c r="C48" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="E48" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="F48" s="13">
+        <v>130.81999999999999</v>
+      </c>
+      <c r="G48" s="10">
+        <v>366</v>
+      </c>
+      <c r="H48" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" customHeight="1" ht="50">
+      <c r="A49" s="10">
+        <v>36</v>
+      </c>
+      <c r="B49" s="10"/>
+      <c r="C49" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="E49" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="F49" s="13">
+        <v>114.91</v>
+      </c>
+      <c r="G49" s="10">
+        <v>209</v>
+      </c>
+      <c r="H49" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" customHeight="1" ht="50">
+      <c r="A50" s="10">
+        <v>35</v>
+      </c>
+      <c r="B50" s="10"/>
+      <c r="C50" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="D50" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="E50" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="F50" s="13">
+        <v>118.98</v>
+      </c>
+      <c r="G50" s="10">
+        <v>314</v>
+      </c>
+      <c r="H50" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" customHeight="1" ht="50">
+      <c r="A51" s="10">
         <v>34</v>
       </c>
-      <c r="D16" s="16" t="s">
-[...285 lines deleted...]
-      <c r="D28" s="16" t="s">
+      <c r="B51" s="10"/>
+      <c r="C51" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="D51" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="E51" s="12" t="s">
+        <v>139</v>
+      </c>
+      <c r="F51" s="13">
+        <v>114.91</v>
+      </c>
+      <c r="G51" s="10">
+        <v>417</v>
+      </c>
+      <c r="H51" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" customHeight="1" ht="50">
+      <c r="A52" s="10">
+        <v>33</v>
+      </c>
+      <c r="B52" s="10"/>
+      <c r="C52" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D52" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="E52" s="12" t="s">
+        <v>142</v>
+      </c>
+      <c r="F52" s="13">
+        <v>154.87</v>
+      </c>
+      <c r="G52" s="10">
+        <v>342</v>
+      </c>
+      <c r="H52" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" customHeight="1" ht="50">
+      <c r="A53" s="10">
+        <v>32</v>
+      </c>
+      <c r="B53" s="10"/>
+      <c r="C53" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="D53" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E53" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="F53" s="13">
+        <v>71.5</v>
+      </c>
+      <c r="G53" s="10">
+        <v>467</v>
+      </c>
+      <c r="H53" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" customHeight="1" ht="50">
+      <c r="A54" s="10">
+        <v>31</v>
+      </c>
+      <c r="B54" s="10"/>
+      <c r="C54" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="E54" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="F54" s="13">
+        <v>43.72</v>
+      </c>
+      <c r="G54" s="10">
+        <v>1165</v>
+      </c>
+      <c r="H54" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" customHeight="1" ht="50">
+      <c r="A55" s="10">
+        <v>30</v>
+      </c>
+      <c r="B55" s="10"/>
+      <c r="C55" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="D55" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="E55" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="F55" s="13">
+        <v>91.17</v>
+      </c>
+      <c r="G55" s="10">
+        <v>1162</v>
+      </c>
+      <c r="H55" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" customHeight="1" ht="50">
+      <c r="A56" s="10">
+        <v>29</v>
+      </c>
+      <c r="B56" s="10"/>
+      <c r="C56" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="E56" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="F56" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G56" s="10">
+        <v>0</v>
+      </c>
+      <c r="H56" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" customHeight="1" ht="50">
+      <c r="A57" s="10">
+        <v>28</v>
+      </c>
+      <c r="B57" s="10"/>
+      <c r="C57" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="E57" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="F57" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G57" s="10">
+        <v>0</v>
+      </c>
+      <c r="H57" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" customHeight="1" ht="50">
+      <c r="A58" s="10">
+        <v>27</v>
+      </c>
+      <c r="B58" s="10"/>
+      <c r="C58" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="E58" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="F58" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G58" s="10">
         <v>70</v>
       </c>
-      <c r="E28" s="17" t="s">
-[...728 lines deleted...]
-      <c r="H58" s="15">
+      <c r="H58" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="50">
-      <c r="A59" s="15">
+      <c r="A59" s="10">
         <v>26</v>
       </c>
-      <c r="B59" s="15"/>
-      <c r="C59" s="15" t="s">
+      <c r="B59" s="10"/>
+      <c r="C59" s="10" t="s">
         <v>161</v>
       </c>
-      <c r="D59" s="16" t="s">
+      <c r="D59" s="11" t="s">
         <v>162</v>
       </c>
-      <c r="E59" s="17"/>
-[...6 lines deleted...]
-      <c r="H59" s="15">
+      <c r="E59" s="12"/>
+      <c r="F59" s="13">
+        <v>35.57</v>
+      </c>
+      <c r="G59" s="10">
+        <v>3559</v>
+      </c>
+      <c r="H59" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="50">
-      <c r="A60" s="15">
+      <c r="A60" s="10">
         <v>25</v>
       </c>
-      <c r="B60" s="15"/>
-      <c r="C60" s="15" t="s">
+      <c r="B60" s="10"/>
+      <c r="C60" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="D60" s="16" t="s">
+      <c r="D60" s="11" t="s">
         <v>164</v>
       </c>
-      <c r="E60" s="17" t="s">
+      <c r="E60" s="12" t="s">
         <v>165</v>
       </c>
-      <c r="F60" s="18">
-[...5 lines deleted...]
-      <c r="H60" s="15">
+      <c r="F60" s="13">
+        <v>19.039999999999999</v>
+      </c>
+      <c r="G60" s="10">
+        <v>5912</v>
+      </c>
+      <c r="H60" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="50">
-      <c r="A61" s="15">
+      <c r="A61" s="10">
         <v>24</v>
       </c>
-      <c r="B61" s="15"/>
-      <c r="C61" s="15" t="s">
+      <c r="B61" s="10"/>
+      <c r="C61" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="D61" s="16" t="s">
+      <c r="D61" s="11" t="s">
         <v>167</v>
       </c>
-      <c r="E61" s="17" t="s">
+      <c r="E61" s="12" t="s">
         <v>168</v>
       </c>
-      <c r="F61" s="18">
-[...5 lines deleted...]
-      <c r="H61" s="15">
+      <c r="F61" s="13">
+        <v>19.039999999999999</v>
+      </c>
+      <c r="G61" s="10">
+        <v>3317</v>
+      </c>
+      <c r="H61" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="50">
-      <c r="A62" s="15">
+      <c r="A62" s="10">
         <v>23</v>
       </c>
-      <c r="B62" s="15"/>
-      <c r="C62" s="15" t="s">
+      <c r="B62" s="10"/>
+      <c r="C62" s="10" t="s">
         <v>169</v>
       </c>
-      <c r="D62" s="16" t="s">
+      <c r="D62" s="11" t="s">
         <v>170</v>
       </c>
-      <c r="E62" s="17" t="s">
+      <c r="E62" s="12" t="s">
         <v>171</v>
       </c>
-      <c r="F62" s="18">
-[...5 lines deleted...]
-      <c r="H62" s="15">
+      <c r="F62" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G62" s="10">
+        <v>3889</v>
+      </c>
+      <c r="H62" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="50">
-      <c r="A63" s="15">
+      <c r="A63" s="10">
         <v>22</v>
       </c>
-      <c r="B63" s="15"/>
-      <c r="C63" s="15" t="s">
+      <c r="B63" s="10"/>
+      <c r="C63" s="10" t="s">
         <v>172</v>
       </c>
-      <c r="D63" s="16" t="s">
+      <c r="D63" s="11" t="s">
         <v>173</v>
       </c>
-      <c r="E63" s="17" t="s">
+      <c r="E63" s="12" t="s">
         <v>174</v>
       </c>
-      <c r="F63" s="18">
-[...5 lines deleted...]
-      <c r="H63" s="15">
+      <c r="F63" s="13">
+        <v>15.95</v>
+      </c>
+      <c r="G63" s="10">
+        <v>2645</v>
+      </c>
+      <c r="H63" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="50">
-      <c r="A64" s="15">
+      <c r="A64" s="10">
         <v>21</v>
       </c>
-      <c r="B64" s="15"/>
-      <c r="C64" s="15" t="s">
+      <c r="B64" s="10"/>
+      <c r="C64" s="10" t="s">
         <v>175</v>
       </c>
-      <c r="D64" s="16" t="s">
+      <c r="D64" s="11" t="s">
         <v>176</v>
       </c>
-      <c r="E64" s="17" t="s">
+      <c r="E64" s="12" t="s">
         <v>177</v>
       </c>
-      <c r="F64" s="18">
-[...5 lines deleted...]
-      <c r="H64" s="15">
+      <c r="F64" s="13">
+        <v>19.98</v>
+      </c>
+      <c r="G64" s="10">
+        <v>2305</v>
+      </c>
+      <c r="H64" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="50">
-      <c r="A65" s="15">
+      <c r="A65" s="10">
         <v>20</v>
       </c>
-      <c r="B65" s="15"/>
-      <c r="C65" s="15" t="s">
+      <c r="B65" s="10"/>
+      <c r="C65" s="10" t="s">
         <v>178</v>
       </c>
-      <c r="D65" s="16" t="s">
+      <c r="D65" s="11" t="s">
         <v>179</v>
       </c>
-      <c r="E65" s="17" t="s">
+      <c r="E65" s="12" t="s">
         <v>180</v>
       </c>
-      <c r="F65" s="18">
-[...5 lines deleted...]
-      <c r="H65" s="15">
+      <c r="F65" s="13">
+        <v>19.98</v>
+      </c>
+      <c r="G65" s="10">
+        <v>2300</v>
+      </c>
+      <c r="H65" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="50">
-      <c r="A66" s="15">
+      <c r="A66" s="10">
         <v>19</v>
       </c>
-      <c r="B66" s="15"/>
-      <c r="C66" s="15" t="s">
+      <c r="B66" s="10"/>
+      <c r="C66" s="10" t="s">
         <v>181</v>
       </c>
-      <c r="D66" s="16" t="s">
+      <c r="D66" s="11" t="s">
         <v>182</v>
       </c>
-      <c r="E66" s="17" t="s">
+      <c r="E66" s="12" t="s">
         <v>183</v>
       </c>
-      <c r="F66" s="18">
-[...5 lines deleted...]
-      <c r="H66" s="15">
+      <c r="F66" s="13">
+        <v>19.98</v>
+      </c>
+      <c r="G66" s="10">
+        <v>1977</v>
+      </c>
+      <c r="H66" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="50">
-      <c r="A67" s="15">
+      <c r="A67" s="10">
         <v>18</v>
       </c>
-      <c r="B67" s="15"/>
-      <c r="C67" s="15" t="s">
+      <c r="B67" s="10"/>
+      <c r="C67" s="10" t="s">
         <v>184</v>
       </c>
-      <c r="D67" s="16" t="s">
+      <c r="D67" s="11" t="s">
         <v>185</v>
       </c>
-      <c r="E67" s="17" t="s">
+      <c r="E67" s="12" t="s">
         <v>186</v>
       </c>
-      <c r="F67" s="18">
-[...5 lines deleted...]
-      <c r="H67" s="15">
+      <c r="F67" s="13">
+        <v>114.91</v>
+      </c>
+      <c r="G67" s="10">
+        <v>458</v>
+      </c>
+      <c r="H67" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="50">
-      <c r="A68" s="15">
+      <c r="A68" s="10">
         <v>17</v>
       </c>
-      <c r="B68" s="15"/>
-      <c r="C68" s="15" t="s">
+      <c r="B68" s="10"/>
+      <c r="C68" s="10" t="s">
         <v>187</v>
       </c>
-      <c r="D68" s="16" t="s">
+      <c r="D68" s="11" t="s">
         <v>188</v>
       </c>
-      <c r="E68" s="17" t="s">
+      <c r="E68" s="12" t="s">
         <v>189</v>
       </c>
-      <c r="F68" s="18">
-[...5 lines deleted...]
-      <c r="H68" s="15">
+      <c r="F68" s="13">
+        <v>99.29000000000001</v>
+      </c>
+      <c r="G68" s="10">
+        <v>704</v>
+      </c>
+      <c r="H68" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="50">
-      <c r="A69" s="15">
+      <c r="A69" s="10">
         <v>16</v>
       </c>
-      <c r="B69" s="15"/>
-      <c r="C69" s="15" t="s">
+      <c r="B69" s="10"/>
+      <c r="C69" s="10" t="s">
         <v>190</v>
       </c>
-      <c r="D69" s="16" t="s">
+      <c r="D69" s="11" t="s">
         <v>191</v>
       </c>
-      <c r="E69" s="17" t="s">
+      <c r="E69" s="12" t="s">
         <v>192</v>
       </c>
-      <c r="F69" s="18">
-[...5 lines deleted...]
-      <c r="H69" s="15">
+      <c r="F69" s="13">
+        <v>178.91999999999999</v>
+      </c>
+      <c r="G69" s="10">
+        <v>335</v>
+      </c>
+      <c r="H69" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="50">
-      <c r="A70" s="15">
+      <c r="A70" s="10">
         <v>15</v>
       </c>
-      <c r="B70" s="15"/>
-      <c r="C70" s="15" t="s">
+      <c r="B70" s="10"/>
+      <c r="C70" s="10" t="s">
         <v>193</v>
       </c>
-      <c r="D70" s="16" t="s">
+      <c r="D70" s="11" t="s">
         <v>194</v>
       </c>
-      <c r="E70" s="17" t="s">
+      <c r="E70" s="12" t="s">
         <v>195</v>
       </c>
-      <c r="F70" s="18">
-[...5 lines deleted...]
-      <c r="H70" s="15">
+      <c r="F70" s="13">
+        <v>63.38</v>
+      </c>
+      <c r="G70" s="10">
+        <v>335</v>
+      </c>
+      <c r="H70" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="50">
-      <c r="A71" s="15">
+      <c r="A71" s="10">
         <v>14</v>
       </c>
-      <c r="B71" s="15"/>
-      <c r="C71" s="15" t="s">
+      <c r="B71" s="10"/>
+      <c r="C71" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="D71" s="16" t="s">
+      <c r="D71" s="11" t="s">
         <v>197</v>
       </c>
-      <c r="E71" s="17" t="s">
+      <c r="E71" s="12" t="s">
         <v>198</v>
       </c>
-      <c r="F71" s="18">
-[...5 lines deleted...]
-      <c r="H71" s="15">
+      <c r="F71" s="13">
+        <v>43.72</v>
+      </c>
+      <c r="G71" s="10">
+        <v>377</v>
+      </c>
+      <c r="H71" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="50">
-      <c r="A72" s="15">
+      <c r="A72" s="10">
         <v>13</v>
       </c>
-      <c r="B72" s="15"/>
-      <c r="C72" s="15" t="s">
+      <c r="B72" s="10"/>
+      <c r="C72" s="10" t="s">
         <v>199</v>
       </c>
-      <c r="D72" s="16" t="s">
+      <c r="D72" s="11" t="s">
         <v>200</v>
       </c>
-      <c r="E72" s="17" t="s">
+      <c r="E72" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="F72" s="18">
-[...5 lines deleted...]
-      <c r="H72" s="15">
+      <c r="F72" s="13">
+        <v>15.3</v>
+      </c>
+      <c r="G72" s="10">
+        <v>779</v>
+      </c>
+      <c r="H72" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="50">
-      <c r="A73" s="15">
+      <c r="A73" s="10">
         <v>12</v>
       </c>
-      <c r="B73" s="15"/>
-      <c r="C73" s="15" t="s">
+      <c r="B73" s="10"/>
+      <c r="C73" s="10" t="s">
         <v>202</v>
       </c>
-      <c r="D73" s="16" t="s">
+      <c r="D73" s="11" t="s">
         <v>203</v>
       </c>
-      <c r="E73" s="17" t="s">
+      <c r="E73" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="F73" s="18">
-[...5 lines deleted...]
-      <c r="H73" s="15">
+      <c r="F73" s="13">
+        <v>13.73</v>
+      </c>
+      <c r="G73" s="10">
+        <v>730</v>
+      </c>
+      <c r="H73" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="50">
-      <c r="A74" s="15">
+      <c r="A74" s="10">
         <v>11</v>
       </c>
-      <c r="B74" s="15"/>
-      <c r="C74" s="15" t="s">
+      <c r="B74" s="10"/>
+      <c r="C74" s="10" t="s">
         <v>205</v>
       </c>
-      <c r="D74" s="16" t="s">
+      <c r="D74" s="11" t="s">
         <v>206</v>
       </c>
-      <c r="E74" s="17" t="s">
+      <c r="E74" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="F74" s="18">
-[...5 lines deleted...]
-      <c r="H74" s="15">
+      <c r="F74" s="13">
+        <v>19.98</v>
+      </c>
+      <c r="G74" s="10">
+        <v>1845</v>
+      </c>
+      <c r="H74" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="50">
-      <c r="A75" s="15">
+      <c r="A75" s="10">
         <v>10</v>
       </c>
-      <c r="B75" s="15"/>
-      <c r="C75" s="15" t="s">
+      <c r="B75" s="10"/>
+      <c r="C75" s="10" t="s">
         <v>208</v>
       </c>
-      <c r="D75" s="16" t="s">
+      <c r="D75" s="11" t="s">
         <v>209</v>
       </c>
-      <c r="E75" s="17" t="s">
+      <c r="E75" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="F75" s="18">
-[...5 lines deleted...]
-      <c r="H75" s="15">
+      <c r="F75" s="13">
+        <v>31.84</v>
+      </c>
+      <c r="G75" s="10">
+        <v>605</v>
+      </c>
+      <c r="H75" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="50">
-      <c r="A76" s="15">
+      <c r="A76" s="10">
         <v>9</v>
       </c>
-      <c r="B76" s="15"/>
-      <c r="C76" s="15" t="s">
+      <c r="B76" s="10"/>
+      <c r="C76" s="10" t="s">
         <v>211</v>
       </c>
-      <c r="D76" s="16" t="s">
+      <c r="D76" s="11" t="s">
         <v>212</v>
       </c>
-      <c r="E76" s="17" t="s">
+      <c r="E76" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="F76" s="18">
-[...5 lines deleted...]
-      <c r="H76" s="15">
+      <c r="F76" s="13">
+        <v>79.31</v>
+      </c>
+      <c r="G76" s="10">
+        <v>456</v>
+      </c>
+      <c r="H76" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="50">
-      <c r="A77" s="15">
+      <c r="A77" s="10">
         <v>8</v>
       </c>
-      <c r="B77" s="15"/>
-      <c r="C77" s="15" t="s">
+      <c r="B77" s="10"/>
+      <c r="C77" s="10" t="s">
         <v>214</v>
       </c>
-      <c r="D77" s="16" t="s">
+      <c r="D77" s="11" t="s">
         <v>215</v>
       </c>
-      <c r="E77" s="17" t="s">
+      <c r="E77" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="F77" s="18">
-[...5 lines deleted...]
-      <c r="H77" s="15">
+      <c r="F77" s="13">
+        <v>87.12</v>
+      </c>
+      <c r="G77" s="10">
+        <v>457</v>
+      </c>
+      <c r="H77" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="50">
-      <c r="A78" s="15">
+      <c r="A78" s="10">
         <v>7</v>
       </c>
-      <c r="B78" s="15"/>
-      <c r="C78" s="15" t="s">
+      <c r="B78" s="10"/>
+      <c r="C78" s="10" t="s">
         <v>217</v>
       </c>
-      <c r="D78" s="16" t="s">
+      <c r="D78" s="11" t="s">
         <v>218</v>
       </c>
-      <c r="E78" s="17" t="s">
+      <c r="E78" s="12" t="s">
         <v>219</v>
       </c>
-      <c r="F78" s="18">
-[...5 lines deleted...]
-      <c r="H78" s="15">
+      <c r="F78" s="13">
+        <v>198.58000000000001</v>
+      </c>
+      <c r="G78" s="10">
+        <v>452</v>
+      </c>
+      <c r="H78" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="50">
-      <c r="A79" s="15">
+      <c r="A79" s="10">
         <v>6</v>
       </c>
-      <c r="B79" s="15"/>
-      <c r="C79" s="15" t="s">
+      <c r="B79" s="10"/>
+      <c r="C79" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="D79" s="16" t="s">
+      <c r="D79" s="11" t="s">
         <v>221</v>
       </c>
-      <c r="E79" s="17" t="s">
+      <c r="E79" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="F79" s="18">
-[...5 lines deleted...]
-      <c r="H79" s="15">
+      <c r="F79" s="13">
+        <v>71.5</v>
+      </c>
+      <c r="G79" s="10">
+        <v>1419</v>
+      </c>
+      <c r="H79" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="50">
-      <c r="A80" s="15">
+      <c r="A80" s="10">
         <v>5</v>
       </c>
-      <c r="B80" s="15"/>
-      <c r="C80" s="15" t="s">
+      <c r="B80" s="10"/>
+      <c r="C80" s="10" t="s">
         <v>223</v>
       </c>
-      <c r="D80" s="16" t="s">
+      <c r="D80" s="11" t="s">
         <v>224</v>
       </c>
-      <c r="E80" s="17" t="s">
+      <c r="E80" s="12" t="s">
         <v>225</v>
       </c>
-      <c r="F80" s="18">
-[...5 lines deleted...]
-      <c r="H80" s="15">
+      <c r="F80" s="13">
+        <v>55.58</v>
+      </c>
+      <c r="G80" s="10">
+        <v>9</v>
+      </c>
+      <c r="H80" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="50">
-      <c r="A81" s="15">
+      <c r="A81" s="10">
         <v>4</v>
       </c>
-      <c r="B81" s="15"/>
-      <c r="C81" s="15" t="s">
+      <c r="B81" s="10"/>
+      <c r="C81" s="10" t="s">
         <v>226</v>
       </c>
-      <c r="D81" s="16" t="s">
+      <c r="D81" s="11" t="s">
         <v>227</v>
       </c>
-      <c r="E81" s="17" t="s">
+      <c r="E81" s="12" t="s">
         <v>228</v>
       </c>
-      <c r="F81" s="18">
-[...5 lines deleted...]
-      <c r="H81" s="15">
+      <c r="F81" s="13">
+        <v>143.0099999999999909</v>
+      </c>
+      <c r="G81" s="10">
+        <v>442</v>
+      </c>
+      <c r="H81" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="50">
-      <c r="A82" s="15">
+      <c r="A82" s="10">
         <v>3</v>
       </c>
-      <c r="B82" s="15"/>
-      <c r="C82" s="15" t="s">
+      <c r="B82" s="10"/>
+      <c r="C82" s="10" t="s">
         <v>229</v>
       </c>
-      <c r="D82" s="16" t="s">
+      <c r="D82" s="11" t="s">
         <v>230</v>
       </c>
-      <c r="E82" s="17" t="s">
+      <c r="E82" s="12" t="s">
         <v>231</v>
       </c>
-      <c r="F82" s="18">
-[...5 lines deleted...]
-      <c r="H82" s="15">
+      <c r="F82" s="13">
+        <v>79.31</v>
+      </c>
+      <c r="G82" s="10">
+        <v>221</v>
+      </c>
+      <c r="H82" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="50">
-      <c r="A83" s="15">
+      <c r="A83" s="10">
         <v>2</v>
       </c>
-      <c r="B83" s="15"/>
-      <c r="C83" s="15" t="s">
+      <c r="B83" s="10"/>
+      <c r="C83" s="10" t="s">
         <v>232</v>
       </c>
-      <c r="D83" s="16" t="s">
+      <c r="D83" s="11" t="s">
         <v>233</v>
       </c>
-      <c r="E83" s="17" t="s">
+      <c r="E83" s="12" t="s">
         <v>234</v>
       </c>
-      <c r="F83" s="18">
-[...5 lines deleted...]
-      <c r="H83" s="15">
+      <c r="F83" s="13">
+        <v>43.4</v>
+      </c>
+      <c r="G83" s="10">
+        <v>2438</v>
+      </c>
+      <c r="H83" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="50">
-      <c r="A84" s="15">
+      <c r="A84" s="10">
         <v>1</v>
       </c>
-      <c r="B84" s="15"/>
-      <c r="C84" s="15" t="s">
+      <c r="B84" s="10"/>
+      <c r="C84" s="10" t="s">
         <v>235</v>
       </c>
-      <c r="D84" s="16" t="s">
+      <c r="D84" s="11" t="s">
         <v>236</v>
       </c>
-      <c r="E84" s="17" t="s">
+      <c r="E84" s="12" t="s">
         <v>237</v>
       </c>
-      <c r="F84" s="18">
-[...5 lines deleted...]
-      <c r="H84" s="15">
+      <c r="F84" s="13">
+        <v>43.4</v>
+      </c>
+      <c r="G84" s="10">
+        <v>2439</v>
+      </c>
+      <c r="H84" s="10">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C6"/>
     <mergeCell ref="D1:D6"/>
     <mergeCell ref="E1:E6"/>
     <mergeCell ref="F1:F3"/>
     <mergeCell ref="F4:F6"/>
     <mergeCell ref="G1:G3"/>
     <mergeCell ref="G4:G6"/>
     <mergeCell ref="H1:H3"/>
     <mergeCell ref="H4:H6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>